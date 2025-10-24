--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f76de940d449e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd11dd106cd465b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04662a8d836b4133"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29e9e6a2ddd44822"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06500ea4574e48b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04662a8d836b4133" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b4efa48944e43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29e9e6a2ddd44822" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment Chance 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>33,045</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,985</x:t>
-[...87 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>32,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>32,812</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,873</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...414 lines deleted...]
-          <x:t>33,000</x:t>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,963</x:t>
-[...26 lines deleted...]
-          <x:t>32,905</x:t>
+          <x:t>32,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>