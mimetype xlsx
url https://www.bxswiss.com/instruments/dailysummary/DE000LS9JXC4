--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bd11dd106cd465b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7308d4d6db456b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29e9e6a2ddd44822"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c27036e9ff044f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b4efa48944e43f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29e9e6a2ddd44822" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63eb403c414b4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c27036e9ff044f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment Chance 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>32,794</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,762</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>32,750</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>17.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,585</x:t>
-[...43 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>32,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,507</x:t>
-[...63 lines deleted...]
-          <x:t>32,508</x:t>
+          <x:t>32,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>