--- v2 (2025-11-14)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a7308d4d6db456b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0621b56c547d475d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c27036e9ff044f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3747bdea4f0747b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63eb403c414b4a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c27036e9ff044f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf01b662ef6e74709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3747bdea4f0747b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment Chance 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>32,740</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,776</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>32,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,715</x:t>
-[...593 lines deleted...]
-          <x:t>32,434</x:t>
+          <x:t>32,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>