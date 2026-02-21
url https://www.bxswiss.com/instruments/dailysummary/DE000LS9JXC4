--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0621b56c547d475d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e554ab14164e01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3747bdea4f0747b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12af44a1e1a94eaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf01b662ef6e74709" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3747bdea4f0747b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6796620bab3c46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12af44a1e1a94eaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment Chance 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>32,697</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,629</x:t>
-[...161 lines deleted...]
-          <x:t>32,737</x:t>
+          <x:t>32,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>