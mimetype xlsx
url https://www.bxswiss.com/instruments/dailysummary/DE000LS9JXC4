--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78e554ab14164e01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9be8627a86ef4155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12af44a1e1a94eaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb50efd97c07941f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6796620bab3c46ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12af44a1e1a94eaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc76276372f1a46e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb50efd97c07941f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment Chance 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JXC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,998</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>