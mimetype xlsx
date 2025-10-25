--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra05b0f992a904112" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e603b8226324187" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4004ee4373104026"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0453a431efa44556"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68095bc9975f4ee3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4004ee4373104026" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c5ca6e8de5b45ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0453a431efa44556" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TomsUltraLong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>329,223</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...138 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,374</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>