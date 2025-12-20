--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e603b8226324187" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ac694277874733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0453a431efa44556"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c597df64864e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c5ca6e8de5b45ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0453a431efa44556" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81626c7afd9a4747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c597df64864e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TomsUltraLong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>342,724</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>