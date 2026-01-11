--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24ac694277874733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfdd4b37464c45c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c597df64864e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d8fe8b0d066442d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81626c7afd9a4747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c597df64864e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6daeae13f9744aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d8fe8b0d066442d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TomsUltraLong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>318,237</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>317,678</x:t>
-[...404 lines deleted...]
-          <x:t>306,148</x:t>
+          <x:t>314,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>