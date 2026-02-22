--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfdd4b37464c45c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7048df77f9d4020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d8fe8b0d066442d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd130bc8891744ad2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6daeae13f9744aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d8fe8b0d066442d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd63d7316179a4745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd130bc8891744ad2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TomsUltraLong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>317,133</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>