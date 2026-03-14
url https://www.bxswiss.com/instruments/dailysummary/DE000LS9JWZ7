--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7048df77f9d4020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb9f6f9f5c674f4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd130bc8891744ad2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1d72f9a51d64a62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd63d7316179a4745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd130bc8891744ad2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra89d6e642afb4556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1d72f9a51d64a62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TomsUltraLong</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,878</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,136</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>