--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0775ebba17f44ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b83cfcf7654a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb239c41f3bd24342"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9d5bdea94494be6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf51ba724d0c46fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb239c41f3bd24342" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8dafc489924e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9d5bdea94494be6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende seit über 100 Jahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>163,558</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,969</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>