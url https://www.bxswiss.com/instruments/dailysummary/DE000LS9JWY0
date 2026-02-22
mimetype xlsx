--- v1 (2026-01-07)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64b83cfcf7654a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c529b0620f0444b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9d5bdea94494be6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62e1ee00374a4a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b8dafc489924e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9d5bdea94494be6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b4d3933fe154ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62e1ee00374a4a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende seit über 100 Jahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>181,937</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,103</x:t>
-[...274 lines deleted...]
-          <x:t>182,969</x:t>
+          <x:t>184,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>