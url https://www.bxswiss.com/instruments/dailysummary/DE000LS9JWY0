--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c529b0620f0444b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R620879d034044cf1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62e1ee00374a4a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6990223f81dd4dc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b4d3933fe154ae4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62e1ee00374a4a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9f543a984f04257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6990223f81dd4dc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende seit über 100 Jahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,203</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>