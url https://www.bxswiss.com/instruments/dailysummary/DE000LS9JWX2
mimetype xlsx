--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dd2ce0cc87e49d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ae85a3a9d7465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8690ae3067c04415"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0791eb15fa22408b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9ce28c60a44462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8690ae3067c04415" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbac378987cf45cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0791eb15fa22408b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Oil &amp; Gas High Quality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>