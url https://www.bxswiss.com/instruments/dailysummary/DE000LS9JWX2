--- v1 (2025-10-24)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ae85a3a9d7465f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17c6be535e494ced" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0791eb15fa22408b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f0423c0753d43c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbac378987cf45cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0791eb15fa22408b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88c7418b49e24b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f0423c0753d43c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Oil &amp; Gas High Quality</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>136,458</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>