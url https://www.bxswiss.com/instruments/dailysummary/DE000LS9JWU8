--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R431a74c34ede4bae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c832ce9bbc48ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4ae2412baaf4734"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R626cd844063d4c1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0584839f354c4fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4ae2412baaf4734" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e66ece98a0a480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R626cd844063d4c1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>