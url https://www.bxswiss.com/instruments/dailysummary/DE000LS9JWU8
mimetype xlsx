--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c832ce9bbc48ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb11b2af34ed1428f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R626cd844063d4c1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R073ce3c7fe4e45f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e66ece98a0a480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R626cd844063d4c1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb40d38b3170342c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R073ce3c7fe4e45f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>155,246</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>