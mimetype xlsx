--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb11b2af34ed1428f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb2dc84d2e1e49ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R073ce3c7fe4e45f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R356f9ca9437c4af4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb40d38b3170342c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R073ce3c7fe4e45f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeebed37f9704d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R356f9ca9437c4af4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>171,299</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>