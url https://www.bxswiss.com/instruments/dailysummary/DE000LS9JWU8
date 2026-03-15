--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb2dc84d2e1e49ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36df9667207248f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R356f9ca9437c4af4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R393b6dd6003a409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfeebed37f9704d25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R356f9ca9437c4af4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R822cc9ac60e94d0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R393b6dd6003a409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWU8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>