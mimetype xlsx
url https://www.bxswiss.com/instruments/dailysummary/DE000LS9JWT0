--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c7dd9818fbb410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8bd7273c19c422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71f66754975a4285"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R286954fa775d4232"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32ea405c931c4a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71f66754975a4285" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0123b32e0542a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R286954fa775d4232" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>54,486</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,108</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...354 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,589</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>