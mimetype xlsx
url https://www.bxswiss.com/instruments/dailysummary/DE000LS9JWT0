--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8bd7273c19c422b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cc84d3417a54358" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R286954fa775d4232"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R973776dfb61743e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b0123b32e0542a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R286954fa775d4232" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ee295eebeb433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R973776dfb61743e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>56,993</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>