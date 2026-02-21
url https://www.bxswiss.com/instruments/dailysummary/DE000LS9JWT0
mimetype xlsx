--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cc84d3417a54358" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb716647e030a434c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R973776dfb61743e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8375b1f6b23f4162"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ee295eebeb433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R973776dfb61743e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R465d750d13b04eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8375b1f6b23f4162" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>63,787</x:t>
+          <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>65,388</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>