--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb716647e030a434c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a87f8273fe048e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8375b1f6b23f4162"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf286083df5eb4d50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R465d750d13b04eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8375b1f6b23f4162" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16b89308e64845ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf286083df5eb4d50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,907</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>