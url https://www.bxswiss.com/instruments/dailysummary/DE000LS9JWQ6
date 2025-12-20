--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac23384ed26f4924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44043fd6c474b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e36efde56a4837"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R726ff7ff5e974ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cd46834cc5e4b62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e36efde56a4837" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db294602f464ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R726ff7ff5e974ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marken- &amp; Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>251,304</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>