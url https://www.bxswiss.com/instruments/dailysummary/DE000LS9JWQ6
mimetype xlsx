--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44043fd6c474b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999ca60b8c4a4f60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R726ff7ff5e974ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6bf62bc2e624a14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1db294602f464ee8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R726ff7ff5e974ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e98efa4ee5147fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6bf62bc2e624a14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marken- &amp; Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>