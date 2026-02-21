--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999ca60b8c4a4f60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eac1f75bc48489a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6bf62bc2e624a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ee215ff92e747ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e98efa4ee5147fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6bf62bc2e624a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf2b0991f92342a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ee215ff92e747ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marken- &amp; Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>243,494</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>