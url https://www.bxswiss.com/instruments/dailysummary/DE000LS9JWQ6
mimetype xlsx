--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eac1f75bc48489a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5799ad2881954e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ee215ff92e747ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65ca347075e64adf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf2b0991f92342a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ee215ff92e747ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf538c9ed89ed4efd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65ca347075e64adf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Marken- &amp; Dividendenstrategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,797</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>