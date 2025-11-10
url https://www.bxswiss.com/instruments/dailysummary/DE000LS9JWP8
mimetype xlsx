--- v0 (2025-10-07)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R649f456d01ea48bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e526485d4948b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc553ca3d69ec4e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd016275b4537403b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2abbdb16b1304385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc553ca3d69ec4e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99b5bec2d05449b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd016275b4537403b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Gesundheitsforschung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>130,271</x:t>
-[...63 lines deleted...]
-          <x:t>129,874</x:t>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>