--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75e526485d4948b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b9152a90fd6479b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd016275b4537403b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13668006e5aa4c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99b5bec2d05449b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd016275b4537403b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57de6a339d6a4a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13668006e5aa4c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Gesundheitsforschung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>129,805</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,477</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>