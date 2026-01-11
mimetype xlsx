--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b9152a90fd6479b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e90c2b180ba42af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13668006e5aa4c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e0262b8d7a4b33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57de6a339d6a4a22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13668006e5aa4c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1d464707d84bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e0262b8d7a4b33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Gesundheitsforschung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,676</x:t>
@@ -791,31 +319,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>