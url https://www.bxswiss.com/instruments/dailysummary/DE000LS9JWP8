--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e90c2b180ba42af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590be0bfdb6e4845" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e0262b8d7a4b33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc766e5cf37154845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1d464707d84bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e0262b8d7a4b33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde8831cbb1a4c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc766e5cf37154845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Gesundheitsforschung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,444 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...411 lines deleted...]
-          <x:t>141,733</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>