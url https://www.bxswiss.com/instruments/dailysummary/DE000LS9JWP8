--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R590be0bfdb6e4845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3804b9777bc64df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc766e5cf37154845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93358af5807543fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde8831cbb1a4c48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc766e5cf37154845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71f0de02767b427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93358af5807543fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Zukunft Gesundheitsforschung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWP8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,181</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>