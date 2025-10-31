--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R647e74ad0f7843c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2afae536ab8d434b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84f3c33263434dac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra91c7e87225d4dd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4c47882e2814c1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84f3c33263434dac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R780a9f4646e2499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra91c7e87225d4dd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment in Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>403,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>418,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>