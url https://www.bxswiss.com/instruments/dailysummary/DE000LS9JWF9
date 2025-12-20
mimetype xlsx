--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2afae536ab8d434b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddd1f77523d345ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra91c7e87225d4dd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4593f00d6a64408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R780a9f4646e2499c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra91c7e87225d4dd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re26ed338d5d54e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4593f00d6a64408e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment in Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>403,370</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>