--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddd1f77523d345ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa84efa34935418c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4593f00d6a64408e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66b7778d0b884ab0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re26ed338d5d54e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4593f00d6a64408e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re74d6d53e2a34598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66b7778d0b884ab0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment in Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>360,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>357,777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>