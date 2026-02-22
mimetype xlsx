--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa84efa34935418c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd469bbe23a6427e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66b7778d0b884ab0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12f11f7984914b0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re74d6d53e2a34598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66b7778d0b884ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8990f7a1f642db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12f11f7984914b0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment in Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>344,510</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>