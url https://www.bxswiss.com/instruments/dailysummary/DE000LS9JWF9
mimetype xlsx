--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd469bbe23a6427e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78c3277cf9d24e0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12f11f7984914b0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3749d6628a494086"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8990f7a1f642db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12f11f7984914b0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0478c008ef64d6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3749d6628a494086" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RPE's Investment in Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,009</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>306,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,984</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>