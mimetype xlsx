--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3d2269f7bd54999" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd35d0025851f45de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6be2991e44e04ea5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db529c5d4cf4e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R293ccd099fcc41d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6be2991e44e04ea5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97955e0442624604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db529c5d4cf4e84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>175,322</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>173,818</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>