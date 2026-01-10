--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd35d0025851f45de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7942d7af325e4b79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db529c5d4cf4e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1c09f4f80204646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97955e0442624604" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db529c5d4cf4e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ea82d233c34c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1c09f4f80204646" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>174,721</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,437</x:t>
-[...556 lines deleted...]
-          <x:t>175,019</x:t>
+          <x:t>174,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,866</x:t>
+          <x:t>174,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>