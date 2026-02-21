--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7942d7af325e4b79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347832e129f645a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1c09f4f80204646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da1641910064986"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38ea82d233c34c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1c09f4f80204646" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R373d0f15bc96400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da1641910064986" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>174,814</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>