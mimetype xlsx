--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R347832e129f645a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56dabef6ca864533" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da1641910064986"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede8769537da42c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R373d0f15bc96400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da1641910064986" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a7440e6e93c40d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede8769537da42c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trends USA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JWD4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,867</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>