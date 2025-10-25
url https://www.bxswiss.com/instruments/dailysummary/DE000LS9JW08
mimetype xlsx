--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd8847108ba40ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re457957916d64beb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e213e9d27de43e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1dd2b966214ecd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f66d80b6a224694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e213e9d27de43e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6960dbbf94cb4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1dd2b966214ecd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DZB Aktienwerteauswahl 2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JW08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,498</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>