--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re457957916d64beb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6d6afe8a3e3438f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1dd2b966214ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda0b2f325bf74856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6960dbbf94cb4848" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1dd2b966214ecd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R911a3d369c8e475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda0b2f325bf74856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DZB Aktienwerteauswahl 2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JW08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>280,498</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,657</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>