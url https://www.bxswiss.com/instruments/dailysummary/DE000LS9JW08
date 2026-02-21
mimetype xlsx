--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6d6afe8a3e3438f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37709910037841a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda0b2f325bf74856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27486d8592f14aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R911a3d369c8e475d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda0b2f325bf74856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbca24f847bc043ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27486d8592f14aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DZB Aktienwerteauswahl 2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JW08</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,251</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>289,657</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>