--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8a40f49ea9948b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf01c976370a493d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4676237812f49e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b3b3e9a18844c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfb4f3e2cdf94a79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4676237812f49e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e7091c11ab042b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b3b3e9a18844c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Silicon Valley Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,219</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,577</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,436</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>