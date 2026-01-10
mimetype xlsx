--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf01c976370a493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce5549c6e704174" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b3b3e9a18844c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed60015d77140e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e7091c11ab042b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b3b3e9a18844c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91697ba87e424c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed60015d77140e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Silicon Valley Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>303,436</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>