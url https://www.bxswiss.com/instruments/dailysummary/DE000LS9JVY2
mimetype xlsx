--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce5549c6e704174" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9913f74554494854" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed60015d77140e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc4929083024ce6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91697ba87e424c5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed60015d77140e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b4cfb109614fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc4929083024ce6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Silicon Valley Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>286,500</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>