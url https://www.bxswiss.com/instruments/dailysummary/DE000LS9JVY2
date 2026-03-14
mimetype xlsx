--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9913f74554494854" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c739573519f4807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc4929083024ce6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39ce2b68a6ae4389"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b4cfb109614fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc4929083024ce6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aaff0f24ff14323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39ce2b68a6ae4389" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Silicon Valley Values</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,473</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,807</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,229</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>