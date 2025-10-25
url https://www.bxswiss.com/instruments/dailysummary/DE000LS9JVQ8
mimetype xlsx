--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a7c70525a734990" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d02e195470b42f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb162b8bfd154f9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbeeca78ae134b99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37236229e44646cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb162b8bfd154f9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a33ca303b74d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbeeca78ae134b99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real-Estate-Werte &amp; Affine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>