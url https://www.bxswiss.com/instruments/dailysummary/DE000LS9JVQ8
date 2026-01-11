--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d02e195470b42f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706aabec7a374d35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbeeca78ae134b99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc13dd39742c4b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48a33ca303b74d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbeeca78ae134b99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a55f8a5c60e498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc13dd39742c4b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real-Estate-Werte &amp; Affine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>122,881</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>