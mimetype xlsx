--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R706aabec7a374d35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b17021f9ed344c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc13dd39742c4b35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2249f54f1aa4489e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a55f8a5c60e498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc13dd39742c4b35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree814651e0de45d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2249f54f1aa4489e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real-Estate-Werte &amp; Affine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>121,069</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,209</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>121,668</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>