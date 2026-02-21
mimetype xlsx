--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b17021f9ed344c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R824e411bd2394332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2249f54f1aa4489e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83ace2e133104fe2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree814651e0de45d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2249f54f1aa4489e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16cb336c1b024c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83ace2e133104fe2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real-Estate-Werte &amp; Affine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>