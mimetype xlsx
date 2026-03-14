--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R824e411bd2394332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71c67bb9c81a4235" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83ace2e133104fe2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89030674aa684344"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16cb336c1b024c38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83ace2e133104fe2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8c11f72a72f4a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89030674aa684344" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Real-Estate-Werte &amp; Affine</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,158</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>