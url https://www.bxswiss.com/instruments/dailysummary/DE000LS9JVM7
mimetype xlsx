--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra451bc9d7c444f59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ec64af5f0e45d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99ebfe5c830e422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4673cc976940a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87dfc02157a0438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99ebfe5c830e422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92f8ec6e1404d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4673cc976940a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTX Trading Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,229</x:t>
-        </x:is>
-[...634 lines deleted...]
-          <x:t>196,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>