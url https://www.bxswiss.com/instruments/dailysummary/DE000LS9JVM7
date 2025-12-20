--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ec64af5f0e45d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b667fe997184af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff4673cc976940a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a59949d25ad4741"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92f8ec6e1404d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff4673cc976940a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab57d360aab14ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a59949d25ad4741" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTX Trading Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>192,229</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>