--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b667fe997184af9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R028ea31159d24321" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a59949d25ad4741"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14151452aa414bbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab57d360aab14ecf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a59949d25ad4741" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bfd66a8fb6b4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14151452aa414bbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTX Trading Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,893</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>190,228</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>