--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R028ea31159d24321" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725cead0e83644a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14151452aa414bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bd720a5a1d244b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bfd66a8fb6b4d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14151452aa414bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc48c93b56214b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bd720a5a1d244b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTX Trading Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>192,639</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>