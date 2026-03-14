--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R725cead0e83644a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5ea721fba5b4a39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bd720a5a1d244b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2adfe397e8504d5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc48c93b56214b8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bd720a5a1d244b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9010353ccf92499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2adfe397e8504d5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LTX Trading Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,804</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>