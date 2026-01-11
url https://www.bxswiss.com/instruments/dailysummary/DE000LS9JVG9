--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e67dfdfa354faa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R930103fe49e74d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra44cb1cdc43144f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64042a687274488b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7e4c8007d3f45a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra44cb1cdc43144f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d579a4183c84b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64042a687274488b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Robotic Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,303</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>