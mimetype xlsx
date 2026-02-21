--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R930103fe49e74d83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada3571bc7124ab7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64042a687274488b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4fcaa5e3de34c66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d579a4183c84b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64042a687274488b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra399a20b2ff342f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4fcaa5e3de34c66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Robotic Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>160,541</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,922</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>