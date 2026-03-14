--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada3571bc7124ab7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5583b446fc44361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4fcaa5e3de34c66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fe8a470d9754cb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra399a20b2ff342f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4fcaa5e3de34c66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf478f700c9674075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fe8a470d9754cb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Robotic Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JVG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,551</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>