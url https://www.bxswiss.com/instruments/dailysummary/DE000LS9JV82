--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37648b03dc374fd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e32712b9299495c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2ea46caef8b48d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb63e2cd0b4a0425d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb50340e22274abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2ea46caef8b48d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f443fa317e4bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb63e2cd0b4a0425d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>globale Sündenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>