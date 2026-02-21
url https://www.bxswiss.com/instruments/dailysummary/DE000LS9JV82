--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e32712b9299495c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ad48be330645fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb63e2cd0b4a0425d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98b4b17c66c944d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f443fa317e4bfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb63e2cd0b4a0425d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052798a60e4b46e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98b4b17c66c944d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>globale Sündenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>192,537</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,763</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>