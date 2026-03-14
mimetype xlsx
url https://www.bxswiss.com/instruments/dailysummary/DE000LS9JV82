--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ad48be330645fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eaabdb2b5f94448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98b4b17c66c944d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53d040a91d474536"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R052798a60e4b46e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98b4b17c66c944d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f44ec59b0684350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53d040a91d474536" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>globale Sündenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,566</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>