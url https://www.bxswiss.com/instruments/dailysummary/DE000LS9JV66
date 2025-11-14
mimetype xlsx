--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8c4e4f373f4645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08db6a09adbf470d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b77a88fab3e459b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4df46d3cf5c34886"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f55029167504003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b77a88fab3e459b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d369fe927b46b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4df46d3cf5c34886" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TechTrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>445,103</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,688</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>