--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08db6a09adbf470d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b254f1629ef4f21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4df46d3cf5c34886"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb74b87d3cb040fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d369fe927b46b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4df46d3cf5c34886" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R248bc935ea8a4d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb74b87d3cb040fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TechTrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>438,450</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>440,688</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>