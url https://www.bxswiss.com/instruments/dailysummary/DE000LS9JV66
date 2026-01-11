--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b254f1629ef4f21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbec8c92eb74598" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb74b87d3cb040fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf1fdd965a249cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R248bc935ea8a4d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb74b87d3cb040fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5ed70e882f5461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf1fdd965a249cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TechTrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>446,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>