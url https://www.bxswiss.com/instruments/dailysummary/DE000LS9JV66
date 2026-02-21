--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdbec8c92eb74598" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re60f8dd728154c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf1fdd965a249cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b5a15d5e0604835"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5ed70e882f5461c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf1fdd965a249cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b71c15d24754879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b5a15d5e0604835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TechTrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>449,730</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,512</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>