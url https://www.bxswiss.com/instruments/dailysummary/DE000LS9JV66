--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re60f8dd728154c27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a43226390f24227" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b5a15d5e0604835"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccf36a5238224c83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b71c15d24754879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b5a15d5e0604835" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a13dd21c2ec42cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccf36a5238224c83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TechTrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV66</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>405,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,451</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,374</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>