--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01e00e4851de44bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7745f65244904af4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0c2e8f4954941fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c6bfedff3624727"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3066f02d1dbe4540" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0c2e8f4954941fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9265b56ddd6d4c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c6bfedff3624727" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Value Langfrist (USA/EU)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>