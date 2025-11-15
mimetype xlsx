--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7745f65244904af4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddc635ed47e45cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c6bfedff3624727"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcef3e762724370"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9265b56ddd6d4c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c6bfedff3624727" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b3ffda8b3eb45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcef3e762724370" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Value Langfrist (USA/EU)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,526</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>