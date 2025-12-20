--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ddc635ed47e45cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7acef36a3f2b42f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3dcef3e762724370"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b7a532734ae4fc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b3ffda8b3eb45a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3dcef3e762724370" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1baeedb33cc4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b7a532734ae4fc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Value Langfrist (USA/EU)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>190,189</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>