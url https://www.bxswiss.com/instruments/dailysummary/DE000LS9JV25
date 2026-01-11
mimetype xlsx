--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7acef36a3f2b42f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c8a1b1164b4467" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b7a532734ae4fc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a65a750c90e43ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1baeedb33cc4daa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b7a532734ae4fc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b2657c5b334eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a65a750c90e43ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Value Langfrist (USA/EU)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>197,214</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>197,014</x:t>
-[...296 lines deleted...]
-          <x:t>195,036</x:t>
+          <x:t>194,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>