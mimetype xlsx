--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49c8a1b1164b4467" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978193140c68423c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a65a750c90e43ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R144b6618447541f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36b2657c5b334eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a65a750c90e43ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2357ebbcf4c14fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R144b6618447541f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Value Langfrist (USA/EU)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>205,257</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>