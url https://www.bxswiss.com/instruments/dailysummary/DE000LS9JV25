--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R978193140c68423c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93afd882826745ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R144b6618447541f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1be9f382133e4e41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2357ebbcf4c14fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R144b6618447541f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a93375fbb84360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1be9f382133e4e41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>High Value Langfrist (USA/EU)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,977</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>