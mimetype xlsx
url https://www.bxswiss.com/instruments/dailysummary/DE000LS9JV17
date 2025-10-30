--- v0 (2025-10-04)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ef0c3d18dd84c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e6e686f28174874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2d2ee21b16a4400"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R409a84353e4347d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93079acb4e274fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2d2ee21b16a4400" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ffaf7e4fac9465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R409a84353e4347d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTS_10Back</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>61,085</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,173</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>60,959</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,256</x:t>
-[...409 lines deleted...]
-          <x:t>61,392</x:t>
+          <x:t>61,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>