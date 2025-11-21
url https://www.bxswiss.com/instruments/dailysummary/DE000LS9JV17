--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e6e686f28174874" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R338c3ecca15141f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R409a84353e4347d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea50864ee6c4695"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ffaf7e4fac9465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R409a84353e4347d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3b66ea0ed24fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea50864ee6c4695" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTS_10Back</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,104 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>60,000</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,892</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>