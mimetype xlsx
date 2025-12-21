--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R338c3ecca15141f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd0ee204e684495" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea50864ee6c4695"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5b4696334e34824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf3b66ea0ed24fca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea50864ee6c4695" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R959c3d0317354bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5b4696334e34824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTS_10Back</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>59,261</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...127 lines deleted...]
-          <x:t>58,887</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,027</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>