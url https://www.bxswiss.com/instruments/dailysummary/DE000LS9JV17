--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd0ee204e684495" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f5b5c18fd5f49ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5b4696334e34824"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbba25c58b4a4835"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R959c3d0317354bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5b4696334e34824" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bda965272e44d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbba25c58b4a4835" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTS_10Back</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>