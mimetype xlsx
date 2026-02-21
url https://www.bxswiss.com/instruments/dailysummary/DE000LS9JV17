--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f5b5c18fd5f49ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf971355debc941bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbba25c58b4a4835"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fd44e58be8c443d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bda965272e44d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbba25c58b4a4835" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4d33500cef43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fd44e58be8c443d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTS_10Back</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>62,047</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,047</x:t>
-[...436 lines deleted...]
-          <x:t>65,465</x:t>
+          <x:t>62,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>