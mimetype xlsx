--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf971355debc941bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdff2d724bf8b4034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fd44e58be8c443d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86d61a5dd9314eb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d4d33500cef43c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fd44e58be8c443d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21415b3e279d4ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86d61a5dd9314eb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTS_10Back</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV17</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,739</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>