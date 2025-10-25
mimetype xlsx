--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf692742e145d45c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a76ec8dc734e79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R484f7a15b2fc4a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98865dc9d8cf4f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48cdb16f976342a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R484f7a15b2fc4a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d8921a38d52481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98865dc9d8cf4f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Startups</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,821</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,354</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>