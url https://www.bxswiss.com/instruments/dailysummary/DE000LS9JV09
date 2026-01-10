--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a76ec8dc734e79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f55f5201b34c38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98865dc9d8cf4f37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a7bdf47fcf463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d8921a38d52481c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98865dc9d8cf4f37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7434a9f6cf2f4dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a7bdf47fcf463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Startups</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>107,422</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,290</x:t>
-[...178 lines deleted...]
-          <x:t>106,265</x:t>
+          <x:t>106,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,087</x:t>
-[...114 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>106,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,433</x:t>
-[...9 lines deleted...]
-          <x:t>106,354</x:t>
+          <x:t>106,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>