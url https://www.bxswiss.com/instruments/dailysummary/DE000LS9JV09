--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18f55f5201b34c38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a8294818324396" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4a7bdf47fcf463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe517a9c31fe4e9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7434a9f6cf2f4dea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4a7bdf47fcf463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R099c3c3cd0b346ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe517a9c31fe4e9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Startups</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>106,301</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>