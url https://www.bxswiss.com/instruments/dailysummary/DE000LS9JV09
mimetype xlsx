--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95a8294818324396" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b5af5466f714ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe517a9c31fe4e9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0cc531bcba84a41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R099c3c3cd0b346ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe517a9c31fe4e9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf29759c4f2084682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0cc531bcba84a41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Startups</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JV09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,017</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>