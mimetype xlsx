--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcff11dc8f6a42e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4eb011d0e274c8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd209687686dc40b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a4d3763c604353"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R512563b248814b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd209687686dc40b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b338ab61ac147fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a4d3763c604353" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>pink elephants value investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,734</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>