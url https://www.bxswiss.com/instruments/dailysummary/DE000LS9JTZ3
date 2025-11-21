--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4eb011d0e274c8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5833ca587cf64de9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a4d3763c604353"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e509928ffda4e86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b338ab61ac147fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a4d3763c604353" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra428636d7f4a474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e509928ffda4e86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>pink elephants value investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>70,521</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,114</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>76,974</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>