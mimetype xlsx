--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5833ca587cf64de9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced687c982e343e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e509928ffda4e86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c528bee65724271"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra428636d7f4a474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e509928ffda4e86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf275da6d41e4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c528bee65724271" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>pink elephants value investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>