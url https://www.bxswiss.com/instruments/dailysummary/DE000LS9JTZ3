--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rced687c982e343e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47dda2d410774ffc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c528bee65724271"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26f3e362098a4fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf275da6d41e4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c528bee65724271" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0afac4781ad84be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26f3e362098a4fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>pink elephants value investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>