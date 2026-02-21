--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47dda2d410774ffc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7793e4b340084b06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26f3e362098a4fd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6f62bbccf084e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0afac4781ad84be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26f3e362098a4fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4dcb601d79646ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6f62bbccf084e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>pink elephants value investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>76,936</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>