--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7793e4b340084b06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ef513dbeb64584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6f62bbccf084e44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2995a4f5f1fd4476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4dcb601d79646ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6f62bbccf084e44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8f335cd42ba4951" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2995a4f5f1fd4476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>pink elephants value investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>74,722</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,810</x:t>
-[...75 lines deleted...]
-          <x:t>71,734</x:t>
+          <x:t>74,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,141</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...370 lines deleted...]
-          <x:t>74,185</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>