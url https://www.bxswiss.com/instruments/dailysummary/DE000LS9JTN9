--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf04d97e462ce4061" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b8ebab45314875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76e0b1372e49414f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd881f039b024b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6fabd0a7df940a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76e0b1372e49414f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra28ea34d33354a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd881f039b024b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrie 4.0 Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>280,388</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>279,869</x:t>
-[...134 lines deleted...]
-          <x:t>280,318</x:t>
+          <x:t>280,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,594</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,627</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>