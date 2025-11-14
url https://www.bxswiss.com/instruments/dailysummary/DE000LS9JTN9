--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b8ebab45314875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3597218a05e41c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd881f039b024b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re63f9c804e914c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra28ea34d33354a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd881f039b024b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f8835c8e929417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re63f9c804e914c1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrie 4.0 Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>279,404</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>278,992</x:t>
-[...328 lines deleted...]
-          <x:t>277,627</x:t>
+          <x:t>279,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>