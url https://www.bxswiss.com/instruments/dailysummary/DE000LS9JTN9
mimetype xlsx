--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3597218a05e41c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a856e4e4ddc4e38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re63f9c804e914c1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901091ce5004430e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f8835c8e929417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re63f9c804e914c1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8075f36e3c404f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901091ce5004430e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrie 4.0 Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>279,163</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,464</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>276,773</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>