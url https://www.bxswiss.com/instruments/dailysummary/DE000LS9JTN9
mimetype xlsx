--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a856e4e4ddc4e38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d7df8c875d4e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R901091ce5004430e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20777df816ec41f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8075f36e3c404f7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R901091ce5004430e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a92cffc09df482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20777df816ec41f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrie 4.0 Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,645 +149,483 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>279,955</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,166</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,526</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>