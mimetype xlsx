--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d7df8c875d4e08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776448d955574bab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20777df816ec41f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d59d679db504e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a92cffc09df482a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20777df816ec41f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6a1ac290844578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d59d679db504e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrie 4.0 Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>279,707</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>