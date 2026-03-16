--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R776448d955574bab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18974cfa576e4af9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d59d679db504e44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R253b49db6fbb4e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e6a1ac290844578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d59d679db504e44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49514f209c7447d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R253b49db6fbb4e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Industrie 4.0 Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>