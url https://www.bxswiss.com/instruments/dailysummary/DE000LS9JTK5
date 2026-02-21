--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cc041a05b4a43bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd21b90d9ffd4d87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R906f20d882dd40c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0749e06e1480409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb06e2d5d0c504304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R906f20d882dd40c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaad73022ae647ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0749e06e1480409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Evergreen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>84,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>