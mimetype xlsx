--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd21b90d9ffd4d87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65f9eb212b8145e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0749e06e1480409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac24e67a94d3480d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcaad73022ae647ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0749e06e1480409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31915f72893947d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac24e67a94d3480d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Evergreen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,151</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>