--- v0 (2025-10-31)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf83f567c29db4054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb37b1a36cc84548" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82ed78ad16744154"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09f011a9184d4ff1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc73f29c2507c40e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82ed78ad16744154" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97978fa6b6964d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09f011a9184d4ff1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_concept1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>264,978</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,609</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...559 lines deleted...]
-          <x:t>270,097</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>