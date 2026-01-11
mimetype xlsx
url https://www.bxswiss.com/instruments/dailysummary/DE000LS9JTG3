--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb37b1a36cc84548" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e5eb17257c4171" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09f011a9184d4ff1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62aa7038beb549f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97978fa6b6964d71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09f011a9184d4ff1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1905e911cb824050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62aa7038beb549f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_concept1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,744</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>