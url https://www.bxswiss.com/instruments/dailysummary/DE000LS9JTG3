--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43e5eb17257c4171" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2fab76b86a464f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62aa7038beb549f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R375b6a74b3f94fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1905e911cb824050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62aa7038beb549f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbddc629bbaa4814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R375b6a74b3f94fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_concept1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>274,202</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>