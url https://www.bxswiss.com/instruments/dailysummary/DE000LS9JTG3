--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2fab76b86a464f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddf60ce58d5a4cd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R375b6a74b3f94fbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad77ca90a950401f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbddc629bbaa4814" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R375b6a74b3f94fbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R261d989f8b9e46bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad77ca90a950401f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>all_concept1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...419 lines deleted...]
-          <x:t>260,577</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,340</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,867</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>