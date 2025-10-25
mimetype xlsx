--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7fc677c3744114" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c03e9560f084247" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra02968ee7e1e431c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc961e669804b35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb82eef1f035641c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra02968ee7e1e431c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaeda813be0c430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc961e669804b35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>