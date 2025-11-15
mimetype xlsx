--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c03e9560f084247" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5731ccb769a04806" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bc961e669804b35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racff97f07e1847be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaeda813be0c430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bc961e669804b35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd70ee32d814f407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racff97f07e1847be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,292</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>330,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,942</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>