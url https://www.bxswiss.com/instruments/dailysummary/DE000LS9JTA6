--- v2 (2025-11-15)
+++ v3 (2026-01-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5731ccb769a04806" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f43960aa7840d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racff97f07e1847be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c2637621c84b3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd70ee32d814f407f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racff97f07e1847be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R928693fa05024716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c2637621c84b3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>293,942</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,123</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>