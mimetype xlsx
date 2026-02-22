--- v3 (2026-01-05)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f43960aa7840d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404deb2687754883" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c2637621c84b3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a46038ea6d6497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R928693fa05024716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c2637621c84b3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758772d5f7ca4528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a46038ea6d6497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>308,123</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>