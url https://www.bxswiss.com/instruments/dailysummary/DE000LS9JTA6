--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R404deb2687754883" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371741547f334a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a46038ea6d6497e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf4e328d61f64c6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758772d5f7ca4528" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a46038ea6d6497e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84aca7725f5d4be3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf4e328d61f64c6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Selection</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JTA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>273,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>272,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>