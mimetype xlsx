--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0e9c523a744407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ed9670a1d24643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb67ab1c90fa242e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f399be3a7c5436c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27b85d0fa8d74cda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb67ab1c90fa242e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49209725922d468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f399be3a7c5436c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,963</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>