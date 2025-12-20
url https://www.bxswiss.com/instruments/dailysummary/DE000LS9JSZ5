--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03ed9670a1d24643" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f6f60aaad064e6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f399be3a7c5436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324059a8a7884c48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49209725922d468e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f399be3a7c5436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4dc49efef8647a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324059a8a7884c48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>244,876</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>