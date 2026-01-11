--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f6f60aaad064e6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37744138bc514517" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R324059a8a7884c48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1440f5787448e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4dc49efef8647a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R324059a8a7884c48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1588de40a1ad4236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1440f5787448e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>249,010</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>248,804</x:t>
-[...313 lines deleted...]
-          <x:t>247,927</x:t>
+          <x:t>247,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>247,114</x:t>
-[...161 lines deleted...]
-          <x:t>246,890</x:t>
+          <x:t>245,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,197</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>