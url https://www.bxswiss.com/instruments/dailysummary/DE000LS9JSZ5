--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37744138bc514517" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc62549f5b1f24f51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1440f5787448e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f5d7e4cda34606"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1588de40a1ad4236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1440f5787448e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R157a6b99fb0a40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f5d7e4cda34606" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>