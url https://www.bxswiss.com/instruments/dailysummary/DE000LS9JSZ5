--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc62549f5b1f24f51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R143b4277c3ae4177" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f5d7e4cda34606"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d33ccfca0774ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R157a6b99fb0a40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f5d7e4cda34606" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23bedf1259a94036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d33ccfca0774ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>250,197</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>