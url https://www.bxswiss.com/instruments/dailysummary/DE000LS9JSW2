--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e47810b5301498c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05cb86239304434d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82641ab2313b4763"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f3d897547ed43e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2388fe66f8ab4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82641ab2313b4763" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937dcbc5e6af4997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f3d897547ed43e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSInvest, Mining&amp;Processing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>226,210</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>