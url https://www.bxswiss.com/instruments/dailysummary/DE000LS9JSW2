--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05cb86239304434d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6df7d134366a4fcc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f3d897547ed43e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f2a753d7abf4a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R937dcbc5e6af4997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f3d897547ed43e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce0df74e48624f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f2a753d7abf4a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSInvest, Mining&amp;Processing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>231,793</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>