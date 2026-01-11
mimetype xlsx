--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6df7d134366a4fcc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08b20b4dceb94aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f2a753d7abf4a38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5520a1ff2ed34f8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce0df74e48624f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f2a753d7abf4a38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045e1cd910f24661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5520a1ff2ed34f8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSInvest, Mining&amp;Processing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,792</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>