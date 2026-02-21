--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08b20b4dceb94aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56721c3c816945a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5520a1ff2ed34f8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd034e6d1d3d9432f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045e1cd910f24661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5520a1ff2ed34f8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2470a2c55a745e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd034e6d1d3d9432f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSInvest, Mining&amp;Processing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>272,067</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,816</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>