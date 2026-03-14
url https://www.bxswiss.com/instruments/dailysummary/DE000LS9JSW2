--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56721c3c816945a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8072f7dbaf5a41b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd034e6d1d3d9432f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd25cbe28ac44c30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2470a2c55a745e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd034e6d1d3d9432f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3e86e2ae09d4cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd25cbe28ac44c30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PRESSInvest, Mining&amp;Processing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSW2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,749</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,768</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>