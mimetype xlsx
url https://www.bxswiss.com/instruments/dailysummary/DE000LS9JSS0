--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reae29daf2c67400a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf26c0517e9304fee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe58d09fcdcf4acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf62e2bb4e2b140c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4b52ce435ce46f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe58d09fcdcf4acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa60f91745c2486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf62e2bb4e2b140c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien DF1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>162,803</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,505</x:t>
-[...183 lines deleted...]
-          <x:t>162,880</x:t>
+          <x:t>163,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>162,859</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>