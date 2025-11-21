--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf26c0517e9304fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d3140a8b30c4f5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf62e2bb4e2b140c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80e24d6854414ab3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa60f91745c2486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf62e2bb4e2b140c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R064996be351a47fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80e24d6854414ab3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien DF1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>162,520</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,363</x:t>
-[...48 lines deleted...]
-          <x:t>162,339</x:t>
+          <x:t>161,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,557</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>161,971</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>