--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d3140a8b30c4f5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d281c32edd4964" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80e24d6854414ab3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra841b5abab504e0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R064996be351a47fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80e24d6854414ab3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d493b9d82ce4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra841b5abab504e0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien DF1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...311 lines deleted...]
-          <x:t>162,351</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,531</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>162,610</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,746</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>162,380</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>