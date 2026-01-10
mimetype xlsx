--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9d281c32edd4964" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d986c6bef4434e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra841b5abab504e0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42816ce060434a03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d493b9d82ce4208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra841b5abab504e0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf69b4ce49a4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42816ce060434a03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien DF1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>162,645</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>162,380</x:t>
-[...566 lines deleted...]
-          <x:t>162,692</x:t>
+          <x:t>161,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>