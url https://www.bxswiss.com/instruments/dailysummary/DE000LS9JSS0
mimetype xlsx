--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3d986c6bef4434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98c20119e27845d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42816ce060434a03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R183cbeeb09864269"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf69b4ce49a4672" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42816ce060434a03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad8ce6786e0426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R183cbeeb09864269" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien DF1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>162,290</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>