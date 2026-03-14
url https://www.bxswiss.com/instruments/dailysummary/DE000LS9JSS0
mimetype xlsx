--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98c20119e27845d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd371c290f21f496d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R183cbeeb09864269"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R852827264ee34a32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbad8ce6786e0426a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R183cbeeb09864269" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e10a26d23ce4e38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R852827264ee34a32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien DF1</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>159,612</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,752</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>159,402</x:t>
-[...431 lines deleted...]
-          <x:t>159,434</x:t>
+          <x:t>159,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>