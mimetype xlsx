--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra044fa8421da4ad9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d7441b636844f8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9655ece738474ab6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb85cc5b509145b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R532c4739ecfd471a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9655ece738474ab6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2977f971f6fd4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb85cc5b509145b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-USA Trend und Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,553</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>