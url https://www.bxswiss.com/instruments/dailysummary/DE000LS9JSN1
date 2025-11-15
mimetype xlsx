--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d7441b636844f8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf059a399b8c44de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb85cc5b509145b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2b77c99d1b64340"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2977f971f6fd4ad1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb85cc5b509145b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5742c11b43aa4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2b77c99d1b64340" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-USA Trend und Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,741</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>