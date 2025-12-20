--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf059a399b8c44de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10c8c5723034a06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2b77c99d1b64340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5130b8f9109e413e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5742c11b43aa4b57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2b77c99d1b64340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b266439f11e4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5130b8f9109e413e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-USA Trend und Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>136,893</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,301</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>132,741</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>