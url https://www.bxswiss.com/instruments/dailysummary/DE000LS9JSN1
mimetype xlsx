--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10c8c5723034a06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08fdcd990650429b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5130b8f9109e413e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bf833ae47bc48d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b266439f11e4b61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5130b8f9109e413e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9751819cba4047d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bf833ae47bc48d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-USA Trend und Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,069</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,089</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>