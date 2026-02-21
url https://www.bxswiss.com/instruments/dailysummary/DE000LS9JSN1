--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08fdcd990650429b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbde4304175494af6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bf833ae47bc48d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d7bfcd7e8204167"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9751819cba4047d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bf833ae47bc48d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra98c98a89fd04eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d7bfcd7e8204167" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-USA Trend und Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>132,089</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,681</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>