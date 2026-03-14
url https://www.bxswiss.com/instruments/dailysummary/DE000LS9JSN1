--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbde4304175494af6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcdfa27fd49a4e4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d7bfcd7e8204167"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08717f846f92406a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra98c98a89fd04eae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d7bfcd7e8204167" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e613c267e64c84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08717f846f92406a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EU-USA Trend und Qualität</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSN1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,997</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>