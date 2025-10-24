--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R925bfffabbb44089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45876dd49b174940" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41dfb78eceed4234"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f558525783a4f50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14e0ee70ad9444a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41dfb78eceed4234" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8507b463c34098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f558525783a4f50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotechnologie und Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>101,689</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,345</x:t>
-[...382 lines deleted...]
-          <x:t>102,694</x:t>
+          <x:t>99,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,059</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>