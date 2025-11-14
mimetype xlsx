--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45876dd49b174940" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc4613c8aa94caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f558525783a4f50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8662bcac523441d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e8507b463c34098" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f558525783a4f50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb41b3593c8ce4631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8662bcac523441d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotechnologie und Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>100,630</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,415</x:t>
-[...539 lines deleted...]
-          <x:t>95,059</x:t>
+          <x:t>99,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,312</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>