--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bc4613c8aa94caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reead77b12cbc4202" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8662bcac523441d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f125b61a2f84caa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb41b3593c8ce4631" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8662bcac523441d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffbb091c8edc447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f125b61a2f84caa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotechnologie und Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>101,312</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>