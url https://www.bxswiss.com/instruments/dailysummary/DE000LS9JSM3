--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reead77b12cbc4202" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6e6e1a14f8450a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f125b61a2f84caa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f93605068bb4a2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffbb091c8edc447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f125b61a2f84caa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe8f4bac0e84e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f93605068bb4a2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotechnologie und Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>105,921</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,868</x:t>
-[...210 lines deleted...]
-          <x:t>105,876</x:t>
+          <x:t>106,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,332</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>104,994</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,606</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>