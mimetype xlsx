--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d6e6e1a14f8450a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617d297e81354a45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f93605068bb4a2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1505fef29a6c4983"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fe8f4bac0e84e21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f93605068bb4a2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519e5720d0d14b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1505fef29a6c4983" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotechnologie und Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,566 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,606</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>