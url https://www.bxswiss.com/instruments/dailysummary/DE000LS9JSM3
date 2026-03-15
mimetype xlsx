--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617d297e81354a45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ccc7bf46b0741ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1505fef29a6c4983"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d2a8471c7c4353"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R519e5720d0d14b22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1505fef29a6c4983" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fadeb54b5274eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d2a8471c7c4353" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotechnologie und Gesundheit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,498 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...145 lines deleted...]
-          <x:t>104,117</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,042</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>100,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,349</x:t>
         </x:is>
       </x:c>
@@ -684,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>