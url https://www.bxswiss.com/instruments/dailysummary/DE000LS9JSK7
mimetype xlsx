--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa7f9b0b00ac480e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c4c38aa80b4016" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e5221a7827e4ed7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R231f93c3272043dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e6656cf36f8489d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e5221a7827e4ed7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c37524472144d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R231f93c3272043dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTSHi25</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>81,776</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,439</x:t>
-[...431 lines deleted...]
-          <x:t>81,895</x:t>
+          <x:t>80,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>