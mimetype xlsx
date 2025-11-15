--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09c4c38aa80b4016" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56854317ebe4c68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R231f93c3272043dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a8f3c4d72f74333"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c37524472144d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R231f93c3272043dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102c54a352944736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a8f3c4d72f74333" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTSHi25</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>