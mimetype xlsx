--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb56854317ebe4c68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7246fd846ff84bd9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a8f3c4d72f74333"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d5042a7eee9448e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R102c54a352944736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a8f3c4d72f74333" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f6b0673793462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d5042a7eee9448e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTSHi25</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>77,428</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>