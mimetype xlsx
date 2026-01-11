--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7246fd846ff84bd9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b7fa4c971344e33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d5042a7eee9448e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5806b61d2bf04f88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34f6b0673793462a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d5042a7eee9448e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965854ef16594ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5806b61d2bf04f88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTSHi25</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,250</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>