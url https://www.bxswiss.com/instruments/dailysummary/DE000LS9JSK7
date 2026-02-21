--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b7fa4c971344e33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34149f186fd84485" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5806b61d2bf04f88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re606aee8b1ce484c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965854ef16594ab6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5806b61d2bf04f88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47bba470784d4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re606aee8b1ce484c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTSHi25</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>81,550</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,483</x:t>
-[...215 lines deleted...]
-          <x:t>84,522</x:t>
+          <x:t>81,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>