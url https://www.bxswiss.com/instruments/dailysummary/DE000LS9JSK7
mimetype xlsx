--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34149f186fd84485" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c35cfde330f4bc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re606aee8b1ce484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc02cb46475c41fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47bba470784d4027" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re606aee8b1ce484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c26b27ea821466d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc02cb46475c41fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AG-DMTSHi25</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>81,155</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,196</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>