--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44e03acf495a4f3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c6bc11620b459c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65e0bf336cde4117"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d44778874544df6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ccf5a73183a434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65e0bf336cde4117" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309fcf2ae1064cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d44778874544df6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daten - das Öl des 21. Jhd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>263,208</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>262,241</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>264,726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,072</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>