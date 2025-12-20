--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c6bc11620b459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245a73b4d788465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d44778874544df6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra05a6e19c8684f9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309fcf2ae1064cc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d44778874544df6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7931001ad8542d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra05a6e19c8684f9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daten - das Öl des 21. Jhd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>265,848</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,414</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>263,023</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>