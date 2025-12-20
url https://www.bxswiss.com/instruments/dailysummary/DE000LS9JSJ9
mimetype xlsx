--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R245a73b4d788465f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ff158215a144d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra05a6e19c8684f9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6db41965d0b54cad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7931001ad8542d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra05a6e19c8684f9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1353f05814b04671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6db41965d0b54cad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daten - das Öl des 21. Jhd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,469</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>