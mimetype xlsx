--- v3 (2025-12-20)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ff158215a144d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8737bb32fd2b4cea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6db41965d0b54cad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc8aa11243c471a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1353f05814b04671" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6db41965d0b54cad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refcf08200fd24fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc8aa11243c471a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daten - das Öl des 21. Jhd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>270,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,367</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>