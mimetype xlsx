--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8737bb32fd2b4cea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R389280a650744c28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc8aa11243c471a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re960c31dadb5443c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refcf08200fd24fcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc8aa11243c471a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3ad95636b1403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re960c31dadb5443c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daten - das Öl des 21. Jhd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>274,645</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>