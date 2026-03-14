--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R389280a650744c28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R615e9dd46c9f4de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re960c31dadb5443c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4226b5f5f40e4efa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3ad95636b1403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re960c31dadb5443c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ea09fc448648e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4226b5f5f40e4efa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Daten - das Öl des 21. Jhd</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>235,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,437</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>