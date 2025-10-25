--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6131fbe0bcb444e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26dd409eadc84ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5dc50c5ca9e410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R339174d0a9954800"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R843a643f56ea473d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5dc50c5ca9e410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab44789fcd941a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R339174d0a9954800" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>anticyclical-long-term-flexible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,506 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>253,767</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,565</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...310 lines deleted...]
-          <x:t>256,587</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>254,806</x:t>
-[...53 lines deleted...]
-          <x:t>254,779</x:t>
+          <x:t>255,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>