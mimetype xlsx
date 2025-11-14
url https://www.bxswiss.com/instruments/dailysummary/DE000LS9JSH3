--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26dd409eadc84ac1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9268bd358af34edb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R339174d0a9954800"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70e11da3cc0497b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab44789fcd941a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R339174d0a9954800" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0b0280eb2dc4c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70e11da3cc0497b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>anticyclical-long-term-flexible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>256,587</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>254,806</x:t>
-[...48 lines deleted...]
-          <x:t>254,565</x:t>
+          <x:t>252,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,779</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>254,799</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>