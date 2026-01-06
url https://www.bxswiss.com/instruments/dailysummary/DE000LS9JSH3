--- v2 (2025-11-14)
+++ v3 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9268bd358af34edb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5d96eb80974602" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70e11da3cc0497b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra413066c0ce74078"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0b0280eb2dc4c2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70e11da3cc0497b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ebf4961263e4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra413066c0ce74078" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>anticyclical-long-term-flexible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>250,033</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>