--- v3 (2026-01-06)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa5d96eb80974602" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R134d0bd825034038" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra413066c0ce74078"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00aa56ed83d24b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ebf4961263e4123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra413066c0ce74078" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d30810138ab4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00aa56ed83d24b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>anticyclical-long-term-flexible</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>255,161</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>