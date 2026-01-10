--- v0 (2025-10-31)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabf1d2ce74b64621" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R525c53c32ee141a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd763bcff09f145f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9902985ae62b45fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ad59bb0483a4c6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd763bcff09f145f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee5b729de2a4088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9902985ae62b45fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Trend Tracking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>685,584</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>