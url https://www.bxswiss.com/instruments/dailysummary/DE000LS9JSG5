--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R525c53c32ee141a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b024dde1ce84198" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9902985ae62b45fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d468da3487494b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee5b729de2a4088" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9902985ae62b45fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30e9dc91c9f4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d468da3487494b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Trend Tracking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>698,677</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>700,054</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>702,269</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>