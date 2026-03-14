--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b024dde1ce84198" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re90b2c57cae64b81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50d468da3487494b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree5ebc239fab42b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb30e9dc91c9f4717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50d468da3487494b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3909061350904e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree5ebc239fab42b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Trend Tracking</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSG5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>693,121</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>693,121</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,729</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>