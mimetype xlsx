--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ffb73a707784fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546be30dcf974ecc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c5a667909034385"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2583d622f5d4e5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f56cf2a3549472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c5a667909034385" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f87193d6e3145ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2583d622f5d4e5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Midcap Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>134,882</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,572</x:t>
-[...119 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>134,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,088</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>135,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,827</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>134,727</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>134,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>