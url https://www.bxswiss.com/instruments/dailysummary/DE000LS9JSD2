--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546be30dcf974ecc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re339328101eb4f3d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2583d622f5d4e5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcff9e33a35f4193"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f87193d6e3145ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2583d622f5d4e5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dfaf52658a74bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcff9e33a35f4193" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Midcap Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>134,427</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,298</x:t>
-[...195 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>134,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,570</x:t>
-[...43 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>133,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,251</x:t>
-[...90 lines deleted...]
-          <x:t>133,431</x:t>
+          <x:t>132,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>