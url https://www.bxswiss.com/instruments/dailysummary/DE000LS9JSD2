--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re339328101eb4f3d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b3be9cdf4fd4734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcff9e33a35f4193"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf6a5ce0b2fd4592"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dfaf52658a74bbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcff9e33a35f4193" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44c7b7d82e048cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf6a5ce0b2fd4592" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Midcap Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>134,211</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,876</x:t>
-[...350 lines deleted...]
-          <x:t>133,870</x:t>
+          <x:t>134,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,236</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>132,842</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>