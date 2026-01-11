--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b3be9cdf4fd4734" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ec9c3dfcef7497b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf6a5ce0b2fd4592"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d47ba347f140c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra44c7b7d82e048cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf6a5ce0b2fd4592" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb880f11cc042ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d47ba347f140c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Midcap Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>134,125</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>133,906</x:t>
-[...556 lines deleted...]
-          <x:t>134,353</x:t>
+          <x:t>133,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,236</x:t>
+          <x:t>133,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>