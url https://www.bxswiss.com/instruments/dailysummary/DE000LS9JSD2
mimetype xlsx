--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ec9c3dfcef7497b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re129a8599ece433b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7d47ba347f140c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18877395153740f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bb880f11cc042ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7d47ba347f140c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63e2ad492f4488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18877395153740f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Midcap Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>134,096</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>134,076</x:t>
-[...53 lines deleted...]
-          <x:t>134,196</x:t>
+          <x:t>133,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>