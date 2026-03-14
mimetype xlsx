--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re129a8599ece433b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc186f3dffa944aac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18877395153740f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re963bd0c395b4a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb63e2ad492f4488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18877395153740f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e0fce2f947948f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re963bd0c395b4a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Midcap Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSD2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,166</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>