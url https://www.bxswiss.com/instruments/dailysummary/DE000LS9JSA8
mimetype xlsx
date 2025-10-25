--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd788f6e52c2641b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re58e4d9efb634a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21aae26cded7414d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd095fe250062491f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf52ea40dd7e94342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21aae26cded7414d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d64e90e342043a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd095fe250062491f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLF Qualitätsinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>173,368</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,158</x:t>
-[...200 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>173,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>171,916</x:t>
-[...171 lines deleted...]
-          <x:t>174,139</x:t>
+          <x:t>172,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>