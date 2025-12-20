--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re58e4d9efb634a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra06a09c047ff49f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd095fe250062491f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeaaaecdff0e49e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d64e90e342043a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd095fe250062491f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7e9c0f8ffcc49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeaaaecdff0e49e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLF Qualitätsinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>173,080</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>