--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra06a09c047ff49f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read3fcd045ca4c17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeaaaecdff0e49e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f91430584744751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7e9c0f8ffcc49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeaaaecdff0e49e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ae9441280f47bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f91430584744751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLF Qualitätsinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>174,947</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,618</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...445 lines deleted...]
-          <x:t>180,952</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>179,352</x:t>
-[...80 lines deleted...]
-          <x:t>179,209</x:t>
+          <x:t>180,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>