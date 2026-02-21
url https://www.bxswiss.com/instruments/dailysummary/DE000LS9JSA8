--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Read3fcd045ca4c17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11e192132ab4337" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f91430584744751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc25b8a06b064e38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07ae9441280f47bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f91430584744751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a7fe6a9a83f446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc25b8a06b064e38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLF Qualitätsinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...387 lines deleted...]
-          <x:t>184,523</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,147</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>187,156</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>