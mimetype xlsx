--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf11e192132ab4337" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219fcffd46324e0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc25b8a06b064e38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08bd7c5666e4434b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a7fe6a9a83f446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc25b8a06b064e38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc7d0737e3c2438a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08bd7c5666e4434b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>JLF Qualitätsinvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JSA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>