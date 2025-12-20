--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106d6c70e13943d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1897df2e6f084a53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86806a22cb894520"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd017677eaa214e28"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc33fc9b0e09488b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86806a22cb894520" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d705a230344495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd017677eaa214e28" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Global Ressources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>132,286</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>