--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1897df2e6f084a53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216f310640474631" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd017677eaa214e28"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79d9c2976cc34492"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d705a230344495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd017677eaa214e28" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88bb92febba447fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79d9c2976cc34492" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Global Ressources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,827</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>