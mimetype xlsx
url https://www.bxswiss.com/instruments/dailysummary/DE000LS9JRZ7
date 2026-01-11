--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R216f310640474631" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e11188ae724ef4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79d9c2976cc34492"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R104cf39e63bc4da3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88bb92febba447fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79d9c2976cc34492" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c5add59452b49ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R104cf39e63bc4da3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Global Ressources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,333</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>