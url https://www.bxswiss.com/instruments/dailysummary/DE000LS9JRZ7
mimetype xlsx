--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02e11188ae724ef4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R325f0e534c2d4788" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R104cf39e63bc4da3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea408ca399b4981"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c5add59452b49ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R104cf39e63bc4da3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7e28113eabb4ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea408ca399b4981" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Arribada Global Ressources</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRZ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,955</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>