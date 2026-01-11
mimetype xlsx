--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8e240102fe45fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R843c643ac0104a5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R526fa15463c343af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce074c372416404a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ea089384d0a4a3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R526fa15463c343af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dae0bae79c545d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce074c372416404a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jung und Alt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>218,394</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>