--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R843c643ac0104a5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748738e5e2e8439a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce074c372416404a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8577f75f58134c18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dae0bae79c545d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce074c372416404a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40b229b6fd994674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8577f75f58134c18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jung und Alt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>236,479</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>