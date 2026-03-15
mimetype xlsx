--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748738e5e2e8439a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6f30143dd37448c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8577f75f58134c18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1de0b9dafa64439"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40b229b6fd994674" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8577f75f58134c18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra379c571185b4237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1de0b9dafa64439" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Jung und Alt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRX2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>225,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,168</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,438</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>