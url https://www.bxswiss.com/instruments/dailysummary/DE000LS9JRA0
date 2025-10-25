--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd44cbf16b5045f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55131c5d22dd4fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09e04236089a4f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46228cae20a4f8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ed4db4fa35243e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09e04236089a4f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdde3dde384bb4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46228cae20a4f8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SdW 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>96,280</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,996</x:t>
-[...247 lines deleted...]
-          <x:t>99,558</x:t>
+          <x:t>95,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>