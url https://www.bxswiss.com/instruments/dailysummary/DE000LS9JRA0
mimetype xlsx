--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55131c5d22dd4fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3687589ed4474256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd46228cae20a4f8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b8eefd5b2954768"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdde3dde384bb4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd46228cae20a4f8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032a875fe664402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b8eefd5b2954768" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SdW 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,363</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>