--- v2 (2026-01-08)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3687589ed4474256" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2038fe58edc4f48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b8eefd5b2954768"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84a84cbb75a04aeb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R032a875fe664402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b8eefd5b2954768" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4ec582180654945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84a84cbb75a04aeb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SdW 2.0</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JRA0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>110,242</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>