--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a7a6c6a85af47ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cbb39d7d2da4a48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a139a3337f54675"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86cb3e15938b439d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76c165a0fe484e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a139a3337f54675" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf9daf02b38430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86cb3e15938b439d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber- Aktien von Silberminen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>