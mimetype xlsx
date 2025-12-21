--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cbb39d7d2da4a48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39cc645de6654e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86cb3e15938b439d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07204788ab794bbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cf9daf02b38430b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86cb3e15938b439d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1f1192b71147f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07204788ab794bbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber- Aktien von Silberminen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...468 lines deleted...]
-          <x:t>108,737</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,299</x:t>
-[...161 lines deleted...]
-          <x:t>89,735</x:t>
+          <x:t>107,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,797</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>