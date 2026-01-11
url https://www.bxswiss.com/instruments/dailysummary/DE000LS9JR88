--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39cc645de6654e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf388cf8e7cac4807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07204788ab794bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771153fa87fc42ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b1f1192b71147f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07204788ab794bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd520a7103ec4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771153fa87fc42ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber- Aktien von Silberminen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>