--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf388cf8e7cac4807" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd49bd3e5db54e06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R771153fa87fc42ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b8d601962f4983"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd520a7103ec4240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R771153fa87fc42ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc08315c57ddd49ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b8d601962f4983" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber- Aktien von Silberminen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>129,971</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>