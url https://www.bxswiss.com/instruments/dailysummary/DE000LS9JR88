--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd49bd3e5db54e06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf7b3d0fa27b4a0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6b8d601962f4983"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2510efe1e9ae4d1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc08315c57ddd49ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6b8d601962f4983" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e88fea3dff24639" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2510efe1e9ae4d1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber- Aktien von Silberminen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR88</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>