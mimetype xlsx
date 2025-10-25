--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd75b93e5161e41f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R206c7952744145fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27e9e1c7c9fa4f9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca48dba1f2704347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73777b2c2b1e4d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27e9e1c7c9fa4f9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a862a8a7d124945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca48dba1f2704347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Preis der Moral:Rausch &amp; Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>346,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>