--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R206c7952744145fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe499c512a446ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca48dba1f2704347"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22bee7a1e5c4445b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a862a8a7d124945" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca48dba1f2704347" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24b97771fe24047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22bee7a1e5c4445b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Preis der Moral:Rausch &amp; Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>333,093</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>