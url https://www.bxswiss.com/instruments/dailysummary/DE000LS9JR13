--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fe499c512a446ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6f4bb395b14ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22bee7a1e5c4445b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a2a6ec74b034625"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24b97771fe24047" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22bee7a1e5c4445b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c0777baacfc4b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a2a6ec74b034625" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Preis der Moral:Rausch &amp; Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>307,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,968</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,957</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>