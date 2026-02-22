--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d6f4bb395b14ecb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4700577635ba4042" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a2a6ec74b034625"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25632a0637f346dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c0777baacfc4b8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a2a6ec74b034625" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ed140375c13463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25632a0637f346dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Preis der Moral:Rausch &amp; Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>345,957</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>