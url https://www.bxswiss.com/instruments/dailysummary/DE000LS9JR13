--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4700577635ba4042" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3f704368f54f55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25632a0637f346dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R987ceb8ae09040b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ed140375c13463d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25632a0637f346dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6142bdc5729f4298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R987ceb8ae09040b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Preis der Moral:Rausch &amp; Rüstung</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,112</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,554</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>