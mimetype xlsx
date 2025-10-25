--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26150c812d4d4873" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d83f5524974daf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce85d6434e374cd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86d0e432ca6140da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb495b85bdaaf4a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce85d6434e374cd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92ddf508c4f4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86d0e432ca6140da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology prime</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>325,115</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>322,691</x:t>
-[...431 lines deleted...]
-          <x:t>327,690</x:t>
+          <x:t>324,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>