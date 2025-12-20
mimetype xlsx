--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d83f5524974daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b1af9498d64f7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86d0e432ca6140da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbea8a88ff7c94c2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92ddf508c4f4968" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86d0e432ca6140da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R179c5660d55f4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbea8a88ff7c94c2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology prime</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>331,893</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>