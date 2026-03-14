--- v2 (2025-12-20)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0b1af9498d64f7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d3ad8bfa35f4c37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbea8a88ff7c94c2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12e6b9c7b85e4cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R179c5660d55f4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbea8a88ff7c94c2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb34a93ec91c4646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12e6b9c7b85e4cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technology prime</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JR05</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>305,855</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>