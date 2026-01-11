--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbedd9d71e34b490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39efc356a8b44d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e788982f4c3413a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134c05224725466c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bfa5817b77b4aa7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e788982f4c3413a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4cbae2e98524bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134c05224725466c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Louis Cyphre</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>37,594</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>