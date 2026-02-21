--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39efc356a8b44d56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94bbe01e4abc426e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134c05224725466c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd008ddead41f4b9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4cbae2e98524bae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134c05224725466c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72659464de044c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd008ddead41f4b9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Louis Cyphre</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,071</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>34,400</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>