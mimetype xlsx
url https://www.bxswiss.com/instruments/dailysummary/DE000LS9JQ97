--- v2 (2026-02-21)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94bbe01e4abc426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f6f652e07649d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd008ddead41f4b9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3822b928f53e44b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72659464de044c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd008ddead41f4b9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9428ce8390742b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3822b928f53e44b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Louis Cyphre</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...225 lines deleted...]
-          <x:t>30,201</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,950</x:t>
-[...377 lines deleted...]
-          <x:t>30,653</x:t>
+          <x:t>26,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>