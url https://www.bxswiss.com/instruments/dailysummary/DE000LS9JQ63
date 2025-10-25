--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ca15687faf4a4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbd6249dae04879" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49a4517a0eb94002"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6cbe446303490b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9353978a21a54746" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49a4517a0eb94002" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92ff2f1f24574da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6cbe446303490b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>695,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>698,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>689,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>690,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>703,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>711,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>691,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>694,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>