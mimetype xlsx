--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbd6249dae04879" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c4920513d5463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd6cbe446303490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48d74de2c87742da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92ff2f1f24574da5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd6cbe446303490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4439602be56a4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48d74de2c87742da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>686,270</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>661,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>682,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>694,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>705,109</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>