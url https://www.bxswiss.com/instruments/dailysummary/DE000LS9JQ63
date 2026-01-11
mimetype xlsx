--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c4920513d5463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b1331d63c14a26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48d74de2c87742da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd02289e59594d98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4439602be56a4d91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48d74de2c87742da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29375e35ae0845ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd02289e59594d98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>697,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>697,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>690,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>693,435</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>707,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>708,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>701,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>705,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>708,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>707,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>702,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>693,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>692,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>689,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>