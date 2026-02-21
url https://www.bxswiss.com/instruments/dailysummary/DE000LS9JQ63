--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b1331d63c14a26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f8888ae98bc41b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd02289e59594d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R483ddfd7b25c4ee8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29375e35ae0845ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd02289e59594d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc690c3d8e72c4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R483ddfd7b25c4ee8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>684,066</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>647,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>655,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,269</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>