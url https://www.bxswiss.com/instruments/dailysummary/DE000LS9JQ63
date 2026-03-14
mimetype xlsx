--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f8888ae98bc41b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra79f0cd5a82341b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R483ddfd7b25c4ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R329520c981354f4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc690c3d8e72c4706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R483ddfd7b25c4ee8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c867f7c3dd24f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R329520c981354f4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US-Tech Stars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>611,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>613,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>609,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>611,182</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>597,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>600,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>590,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>600,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>