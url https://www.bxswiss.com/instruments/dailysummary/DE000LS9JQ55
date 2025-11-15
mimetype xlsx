--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b800adfa5e4ecb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d0c3dd5f8b14871" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra712b2ddf668449e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa8bf8d24bee4937"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a84c40216441f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra712b2ddf668449e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260bd00f3e6243b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa8bf8d24bee4937" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS3DAX30-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>128,113</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,970</x:t>
-[...512 lines deleted...]
-          <x:t>127,572</x:t>
+          <x:t>127,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>