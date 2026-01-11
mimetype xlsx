--- v1 (2025-11-15)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d0c3dd5f8b14871" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e5b3fc11404db5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa8bf8d24bee4937"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3da0595b03f48e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R260bd00f3e6243b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa8bf8d24bee4937" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8960c6d3dc147d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3da0595b03f48e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS3DAX30-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,462</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>