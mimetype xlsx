--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6e5b3fc11404db5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae828441ba1f4315" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3da0595b03f48e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fbf37c2ceea44cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8960c6d3dc147d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3da0595b03f48e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6b52c1ed84408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fbf37c2ceea44cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS3DAX30-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>125,746</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>