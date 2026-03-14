--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae828441ba1f4315" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca3e12f551d41aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fbf37c2ceea44cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fdb2e13ac56427f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6b52c1ed84408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fbf37c2ceea44cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf64ff2fe635947c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fdb2e13ac56427f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MS3DAX30-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JQ55</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>119,484</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>117,921</x:t>
-[...75 lines deleted...]
-          <x:t>117,992</x:t>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>