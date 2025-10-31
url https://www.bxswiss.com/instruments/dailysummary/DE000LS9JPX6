--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7facc0b486c44daa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdc31295ac2f4629" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc98e541f0b4e6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19939530a74a4ed2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43b6e74d2bf1471b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc98e541f0b4e6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2914ef7066924da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19939530a74a4ed2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalPharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,942</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>