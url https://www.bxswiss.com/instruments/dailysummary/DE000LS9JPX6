--- v1 (2025-10-31)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdc31295ac2f4629" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f2812c90bcf4211" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19939530a74a4ed2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra43b0dfefdf94500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2914ef7066924da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19939530a74a4ed2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd468015dcf6d4854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra43b0dfefdf94500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalPharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>46,793</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,467</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>