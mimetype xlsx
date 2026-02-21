--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f2812c90bcf4211" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f9ad482a594b6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra43b0dfefdf94500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0efeb13ddb7e41c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd468015dcf6d4854" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra43b0dfefdf94500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R141d1a9d85ec4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0efeb13ddb7e41c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalPharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>58,467</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,493</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>