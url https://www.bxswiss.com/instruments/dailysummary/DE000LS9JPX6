--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9f9ad482a594b6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e17cc7b971493d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0efeb13ddb7e41c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c6927a75f4f4ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R141d1a9d85ec4449" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0efeb13ddb7e41c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6b2aa4304b543d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c6927a75f4f4ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalPharma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>64,632</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,752</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,133</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>63,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>