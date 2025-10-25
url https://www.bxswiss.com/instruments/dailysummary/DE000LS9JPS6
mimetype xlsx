--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5da924f8b3474b1b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b8939fbe5c461c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1d379eda614ecd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37797475caab4ec4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3cf8aa043784d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1d379eda614ecd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a4f2c7529f469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37797475caab4ec4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIJAMEUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,970</x:t>
-[...188 lines deleted...]
-          <x:t>175,945</x:t>
+          <x:t>176,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>175,312</x:t>
-[...65 lines deleted...]
-          <x:t>174,054</x:t>
+          <x:t>173,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,211</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>176,287</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>