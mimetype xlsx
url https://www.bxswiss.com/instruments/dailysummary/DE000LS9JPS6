--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55b8939fbe5c461c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfafe58a3d7d54181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37797475caab4ec4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9a626bace84a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a4f2c7529f469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37797475caab4ec4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244b4ddae2f7401e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9a626bace84a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIJAMEUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,613 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>174,054</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,211</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...548 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,365</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,666</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>