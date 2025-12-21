--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfafe58a3d7d54181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413b35b4ceef4d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f9a626bace84a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a16a6ba7be54fe9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244b4ddae2f7401e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f9a626bace84a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6793aaf0c4a42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a16a6ba7be54fe9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIJAMEUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>175,666</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>