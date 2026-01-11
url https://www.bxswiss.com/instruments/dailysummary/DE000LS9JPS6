--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R413b35b4ceef4d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd20e4f5a85b40ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a16a6ba7be54fe9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727bcf24a6f04dc8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6793aaf0c4a42d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a16a6ba7be54fe9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1fd6d2791a6450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727bcf24a6f04dc8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIJAMEUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>