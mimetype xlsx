--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd20e4f5a85b40ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64519b981d1245d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R727bcf24a6f04dc8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b5207ba88b4ba7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1fd6d2791a6450e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R727bcf24a6f04dc8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9024dd6bbda144fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b5207ba88b4ba7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIJAMEUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>173,156</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>