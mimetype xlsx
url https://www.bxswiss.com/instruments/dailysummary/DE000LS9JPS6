--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64519b981d1245d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra055412119d0441a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70b5207ba88b4ba7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R588000ea52574ad8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9024dd6bbda144fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70b5207ba88b4ba7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c9e2533c4a549d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R588000ea52574ad8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LIJAMEUS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>