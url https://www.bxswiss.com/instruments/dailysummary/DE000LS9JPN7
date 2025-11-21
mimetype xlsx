--- v0 (2025-11-01)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d875602564e4f52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R583930152e1c4bf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09b79595d2094163"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda52d5c56d9244a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5e13a2c11f948e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09b79595d2094163" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f09d514eb54149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda52d5c56d9244a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALL IN 001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,438 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>4,285</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,876</x:t>
-[...258 lines deleted...]
-        <x:is>
           <x:t>3,912</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,827</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,694</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>