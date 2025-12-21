--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R583930152e1c4bf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94baceef60db49f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda52d5c56d9244a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35decf95f41f4183"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52f09d514eb54149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda52d5c56d9244a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045605f46fd74fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35decf95f41f4183" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALL IN 001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>