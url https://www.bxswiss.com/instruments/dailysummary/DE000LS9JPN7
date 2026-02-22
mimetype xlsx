--- v2 (2025-12-21)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94baceef60db49f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5a944ba04f4ab0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35decf95f41f4183"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fa278b2b4d94ebf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R045605f46fd74fc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35decf95f41f4183" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8016aed924bf4fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fa278b2b4d94ebf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALL IN 001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>1,937</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,784</x:t>
-[...11 lines deleted...]
-          <x:t>1,697</x:t>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,741</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>1,539</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>