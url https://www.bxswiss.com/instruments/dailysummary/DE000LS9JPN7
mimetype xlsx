--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5a944ba04f4ab0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80b7fdf709f142b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fa278b2b4d94ebf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c9156ab11e546e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8016aed924bf4fd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fa278b2b4d94ebf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9982b1a8bbf64bd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c9156ab11e546e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALL IN 001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,592</x:t>
-[...603 lines deleted...]
-          <x:t>1,728</x:t>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>