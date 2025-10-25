--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8160e9d69bd143ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d155a7127f64667" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R732d9c1762c2418c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabc9c5826794b1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55ea4f51dcd64fc3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R732d9c1762c2418c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e2d3fef4bec4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabc9c5826794b1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen von Börsenbriefen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,502</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>