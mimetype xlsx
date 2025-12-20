--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d155a7127f64667" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc0b814a4ab34e21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabc9c5826794b1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef009ff3aae43c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e2d3fef4bec4365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabc9c5826794b1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68001fddcbfe4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef009ff3aae43c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen von Börsenbriefen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>141,565</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>