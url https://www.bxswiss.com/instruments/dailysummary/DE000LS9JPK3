--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc0b814a4ab34e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c900252def421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef009ff3aae43c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac797c5f88f04d2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68001fddcbfe4c85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef009ff3aae43c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc8683b12544295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac797c5f88f04d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen von Börsenbriefen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>138,720</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>138,419</x:t>
-[...43 lines deleted...]
-          <x:t>140,420</x:t>
+          <x:t>138,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,363</x:t>
-[...566 lines deleted...]
-          <x:t>138,778</x:t>
+          <x:t>139,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,276</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>