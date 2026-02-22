--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8c900252def421b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca4c078ff6dc4f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac797c5f88f04d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9e05d644ce54cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc8683b12544295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac797c5f88f04d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb023166abd6b4e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9e05d644ce54cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen von Börsenbriefen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>140,191</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,632</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...73 lines deleted...]
-          <x:t>141,276</x:t>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>