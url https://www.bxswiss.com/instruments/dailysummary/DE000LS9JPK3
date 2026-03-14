--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca4c078ff6dc4f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra43927957cbc443d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9e05d644ce54cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06e4a7b0324a40d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb023166abd6b4e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9e05d644ce54cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9f74d7940ca4454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06e4a7b0324a40d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Empfehlungen von Börsenbriefen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPK3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>136,898</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,005</x:t>
-[...301 lines deleted...]
-          <x:t>137,519</x:t>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>