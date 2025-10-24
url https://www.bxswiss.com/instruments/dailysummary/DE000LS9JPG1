--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ae3157b763d42d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7900e5eb87f342d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab57cb9f4a384e5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d873dba52c249c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aed5a9f03954b93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab57cb9f4a384e5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R460afddad6934c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d873dba52c249c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,768</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>