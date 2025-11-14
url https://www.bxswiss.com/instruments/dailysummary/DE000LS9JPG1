--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7900e5eb87f342d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90da8b4dbfd24dc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d873dba52c249c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R723b593dcebb41bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R460afddad6934c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d873dba52c249c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b62ae2e17c440e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R723b593dcebb41bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>198,899</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,742</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,223</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,178</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>