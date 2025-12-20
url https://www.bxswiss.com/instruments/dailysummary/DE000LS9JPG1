--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90da8b4dbfd24dc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a6c0d46214f4b05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R723b593dcebb41bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2371d42534e84dac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b62ae2e17c440e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R723b593dcebb41bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386b3bb50dcd414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2371d42534e84dac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>195,062</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>