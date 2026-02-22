--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a6c0d46214f4b05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4c58dab9b6f4382" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2371d42534e84dac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b6e5a19ef9841e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386b3bb50dcd414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2371d42534e84dac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54cfa8b8daac4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b6e5a19ef9841e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>213,429</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>