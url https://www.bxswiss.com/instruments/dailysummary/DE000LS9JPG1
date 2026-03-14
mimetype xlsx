--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4c58dab9b6f4382" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96b73de47af045dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b6e5a19ef9841e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8ffd7803f0f64174"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54cfa8b8daac4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b6e5a19ef9841e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a37f4b2edeb475e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8ffd7803f0f64174" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPG1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,906</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>227,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>